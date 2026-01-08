--- v0 (2025-10-18)
+++ v1 (2026-01-08)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="621" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="713" uniqueCount="202">
   <si>
     <t>계약년도</t>
   </si>
   <si>
     <t>client</t>
   </si>
   <si>
     <t>피보험자</t>
   </si>
   <si>
     <t>ip_ssn_number</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>관계</t>
   </si>
   <si>
     <t>보험기간</t>
   </si>
   <si>
     <t>키맨</t>
   </si>
   <si>
@@ -542,50 +542,122 @@
     <t>880215-1******</t>
   </si>
   <si>
     <t>최수미</t>
   </si>
   <si>
     <t>940125-2******</t>
   </si>
   <si>
     <t>soomichoi</t>
   </si>
   <si>
     <t>chodan</t>
   </si>
   <si>
     <t>홍예진</t>
   </si>
   <si>
     <t>000415-4******</t>
   </si>
   <si>
     <t>배우자</t>
   </si>
   <si>
     <t>자녀</t>
+  </si>
+  <si>
+    <t>이호연</t>
+  </si>
+  <si>
+    <t>960213-1******</t>
+  </si>
+  <si>
+    <t>이동운</t>
+  </si>
+  <si>
+    <t>750209-1******</t>
+  </si>
+  <si>
+    <t>원영묵</t>
+  </si>
+  <si>
+    <t>760530-2******</t>
+  </si>
+  <si>
+    <t>이형민</t>
+  </si>
+  <si>
+    <t>040725-3******</t>
+  </si>
+  <si>
+    <t>이창민</t>
+  </si>
+  <si>
+    <t>090603-3******</t>
+  </si>
+  <si>
+    <t>이준우</t>
+  </si>
+  <si>
+    <t>770717-1******</t>
+  </si>
+  <si>
+    <t>최송희</t>
+  </si>
+  <si>
+    <t>820708-2******</t>
+  </si>
+  <si>
+    <t>이상빈</t>
+  </si>
+  <si>
+    <t>140609-3******</t>
+  </si>
+  <si>
+    <t>이찬빈</t>
+  </si>
+  <si>
+    <t>160215-3******</t>
+  </si>
+  <si>
+    <t>김용수</t>
+  </si>
+  <si>
+    <t>760101-1******</t>
+  </si>
+  <si>
+    <t>이재영</t>
+  </si>
+  <si>
+    <t>750908-2******</t>
+  </si>
+  <si>
+    <t>김유정</t>
+  </si>
+  <si>
+    <t>021013-4******</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -922,51 +994,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I94"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2948,50 +3020,352 @@
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>106</v>
       </c>
       <c r="B81" t="s">
         <v>107</v>
       </c>
       <c r="C81" t="s">
         <v>137</v>
       </c>
       <c r="D81" t="s">
         <v>138</v>
       </c>
       <c r="E81" t="s">
         <v>13</v>
       </c>
       <c r="F81" t="s">
         <v>177</v>
       </c>
       <c r="G81" t="s">
         <v>110</v>
       </c>
       <c r="I81" t="s">
         <v>173</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>106</v>
+      </c>
+      <c r="B82" t="s">
+        <v>107</v>
+      </c>
+      <c r="C82" t="s">
+        <v>168</v>
+      </c>
+      <c r="D82" t="s">
+        <v>169</v>
+      </c>
+      <c r="E82" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" t="s">
+        <v>176</v>
+      </c>
+      <c r="G82" t="s">
+        <v>110</v>
+      </c>
+      <c r="I82" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>106</v>
+      </c>
+      <c r="B83" t="s">
+        <v>107</v>
+      </c>
+      <c r="C83" t="s">
+        <v>178</v>
+      </c>
+      <c r="D83" t="s">
+        <v>179</v>
+      </c>
+      <c r="E83" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>106</v>
+      </c>
+      <c r="B84" t="s">
+        <v>107</v>
+      </c>
+      <c r="C84" t="s">
+        <v>180</v>
+      </c>
+      <c r="D84" t="s">
+        <v>181</v>
+      </c>
+      <c r="E84" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" t="s">
+        <v>14</v>
+      </c>
+      <c r="G84" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>106</v>
+      </c>
+      <c r="B85" t="s">
+        <v>107</v>
+      </c>
+      <c r="C85" t="s">
+        <v>182</v>
+      </c>
+      <c r="D85" t="s">
+        <v>183</v>
+      </c>
+      <c r="E85" t="s">
+        <v>13</v>
+      </c>
+      <c r="F85" t="s">
+        <v>176</v>
+      </c>
+      <c r="G85" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>106</v>
+      </c>
+      <c r="B86" t="s">
+        <v>107</v>
+      </c>
+      <c r="C86" t="s">
+        <v>184</v>
+      </c>
+      <c r="D86" t="s">
+        <v>185</v>
+      </c>
+      <c r="E86" t="s">
+        <v>13</v>
+      </c>
+      <c r="F86" t="s">
+        <v>177</v>
+      </c>
+      <c r="G86" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>106</v>
+      </c>
+      <c r="B87" t="s">
+        <v>107</v>
+      </c>
+      <c r="C87" t="s">
+        <v>186</v>
+      </c>
+      <c r="D87" t="s">
+        <v>187</v>
+      </c>
+      <c r="E87" t="s">
+        <v>13</v>
+      </c>
+      <c r="F87" t="s">
+        <v>177</v>
+      </c>
+      <c r="G87" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>106</v>
+      </c>
+      <c r="B88" t="s">
+        <v>107</v>
+      </c>
+      <c r="C88" t="s">
+        <v>188</v>
+      </c>
+      <c r="D88" t="s">
+        <v>189</v>
+      </c>
+      <c r="E88" t="s">
+        <v>13</v>
+      </c>
+      <c r="F88" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>106</v>
+      </c>
+      <c r="B89" t="s">
+        <v>107</v>
+      </c>
+      <c r="C89" t="s">
+        <v>190</v>
+      </c>
+      <c r="D89" t="s">
+        <v>191</v>
+      </c>
+      <c r="E89" t="s">
+        <v>13</v>
+      </c>
+      <c r="F89" t="s">
+        <v>176</v>
+      </c>
+      <c r="G89" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>106</v>
+      </c>
+      <c r="B90" t="s">
+        <v>107</v>
+      </c>
+      <c r="C90" t="s">
+        <v>192</v>
+      </c>
+      <c r="D90" t="s">
+        <v>193</v>
+      </c>
+      <c r="E90" t="s">
+        <v>13</v>
+      </c>
+      <c r="F90" t="s">
+        <v>177</v>
+      </c>
+      <c r="G90" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>106</v>
+      </c>
+      <c r="B91" t="s">
+        <v>107</v>
+      </c>
+      <c r="C91" t="s">
+        <v>194</v>
+      </c>
+      <c r="D91" t="s">
+        <v>195</v>
+      </c>
+      <c r="E91" t="s">
+        <v>13</v>
+      </c>
+      <c r="F91" t="s">
+        <v>177</v>
+      </c>
+      <c r="G91" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>106</v>
+      </c>
+      <c r="B92" t="s">
+        <v>107</v>
+      </c>
+      <c r="C92" t="s">
+        <v>196</v>
+      </c>
+      <c r="D92" t="s">
+        <v>197</v>
+      </c>
+      <c r="E92" t="s">
+        <v>13</v>
+      </c>
+      <c r="F92" t="s">
+        <v>14</v>
+      </c>
+      <c r="G92" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>106</v>
+      </c>
+      <c r="B93" t="s">
+        <v>107</v>
+      </c>
+      <c r="C93" t="s">
+        <v>198</v>
+      </c>
+      <c r="D93" t="s">
+        <v>199</v>
+      </c>
+      <c r="E93" t="s">
+        <v>13</v>
+      </c>
+      <c r="F93" t="s">
+        <v>176</v>
+      </c>
+      <c r="G93" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>106</v>
+      </c>
+      <c r="B94" t="s">
+        <v>107</v>
+      </c>
+      <c r="C94" t="s">
+        <v>200</v>
+      </c>
+      <c r="D94" t="s">
+        <v>201</v>
+      </c>
+      <c r="E94" t="s">
+        <v>13</v>
+      </c>
+      <c r="F94" t="s">
+        <v>177</v>
+      </c>
+      <c r="G94" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">